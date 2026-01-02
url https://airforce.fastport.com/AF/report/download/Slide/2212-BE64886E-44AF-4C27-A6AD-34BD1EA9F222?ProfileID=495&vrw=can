--- v0 (2025-11-11)
+++ v1 (2026-01-02)
@@ -15241,51 +15241,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Date Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C8ABC33-E051-46E1-8E11-974AEE71BE52}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{16365DF4-191D-42E9-88C1-D207E4AF3E13}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Slide Number Placeholder 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{393BF8D7-9BA8-485F-8596-7BA0C9E04E2B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -15437,51 +15437,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D316E49-8522-4EF4-9E9A-2E2C7C4334A8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B3BF88B3-FAA7-469C-85FC-ABC8A698D3F4}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C42E5084-A877-4077-A128-DB63505EEA02}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -15814,51 +15814,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Date Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8927A595-32EE-4ACD-B6ED-1CBE69389D7E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F04612-B901-4C69-A5A4-156068ABB97A}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Slide Number Placeholder 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC1EE18C-75AF-4267-A9DA-E2B4E41EC33B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -16257,51 +16257,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Date Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3FA7DB3-B48C-4949-B533-93CB8FBCD8A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{85ED18AE-32DB-4488-B8FA-2D0C4B9CAEF3}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Slide Number Placeholder 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F0F32AC-45E3-4F10-BF4A-F80040DEDAB2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -16814,51 +16814,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Date Placeholder 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CBD1890-13E7-466B-9D60-71B09E4D788A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{33FD96A6-53B2-4A02-BF7F-176B2B87EA64}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Slide Number Placeholder 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E360A820-EE16-45E3-BB9C-57966232AB51}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -16902,51 +16902,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3ABA7B36-64A0-3B34-5058-A692BEBB04C8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0696CAAC-9150-4D49-8B78-2C20DAE1168F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D683EA3D-9C77-A5F6-A5F9-AD388F23C0F6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -17675,51 +17675,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0136154-B574-48C9-93B1-E0414DB8DA7E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2C07E6FD-FCE5-46EB-8195-80055698FF2C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7D08DBB-9918-44FF-921D-50DFF09D90A9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -17876,51 +17876,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30C95314-5356-497B-B725-FB4D8D3E9D99}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2C07E6FD-FCE5-46EB-8195-80055698FF2C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EC0C315-3C24-49A2-BDD6-2E992EBA9FCD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -18000,51 +18000,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F38345D9-9F34-4FE6-9C86-A290D2BD4894}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9B8A86B4-9B92-4ED1-9BED-6B9FC30B9700}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{204FE799-E033-4FBA-8A1C-1E05840AFDDA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -18343,51 +18343,51 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" i="1"/>
               <a:t>Your education is more in reach with a career in the Air Force.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6BED7D8A-1E64-42FD-BCA0-13C3A296FC69}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D8FFEE83-99BB-46C6-889A-AD2C22DF1251}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
@@ -18775,51 +18775,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBE353EB-466D-4369-8B25-57ED7FC5737D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3EAB2FB1-6801-4AB0-81EA-48872425561C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C2D29A2-3CDB-4750-9F35-AAC29192C450}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -19160,51 +19160,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Date Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A694F99D-E591-4DF4-A127-EFCC632B7019}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{71F1E799-01FF-44AC-AB9D-9BBEAB7C785F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Slide Number Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5430A0C6-1E08-4870-913C-1C052E779809}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -19745,51 +19745,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Date Placeholder 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88453FC7-94E5-4403-AF52-2BD308EF9792}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B0A66A1B-1583-43B9-AD70-2435F4B5189F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Slide Number Placeholder 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{862621A8-6F0E-4D58-BE40-797580DBE67C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -20049,51 +20049,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Date Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3048EADC-84B3-4D9B-B2B5-349F349B45DB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{18594A7D-CFA5-4C87-940E-FB20978270D0}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Slide Number Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D97930F-A6D0-43C5-A000-E0B731E42424}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -20348,51 +20348,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDA122BD-7F5B-47FB-AB63-2F10BC6182A3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{73130F4E-8C3C-4AC8-8DF5-E0CF7AAFCB74}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC0E6BA9-1173-486D-8556-7E1DB54CDFBA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -21964,51 +21964,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Date Placeholder 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DC0AB93-6E00-4ED0-A689-CA91BA85B699}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FDB99C29-320B-48F6-9EAD-A15C942AFA7E}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Slide Number Placeholder 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D3544FD-3398-410E-A583-DFB17711E9EE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -22241,51 +22241,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0694DAD3-F4E7-42BC-8FCE-C499D8CAEC5A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6E10EEB9-A000-4070-A74F-D3BEE6CEC94D}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3627F92-AAE5-4D69-8618-BF426D0081E0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -22626,51 +22626,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Date Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{522D1BDF-E5F4-4C96-92C5-C7E328C2BCE6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6BE3D9AE-9FFB-475F-BDFD-BCC31C50B2A8}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Slide Number Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F2D5C64-1F7E-438E-9128-844997FD6220}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -24158,51 +24158,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Date Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{522D1BDF-E5F4-4C96-92C5-C7E328C2BCE6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6BE3D9AE-9FFB-475F-BDFD-BCC31C50B2A8}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Slide Number Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F2D5C64-1F7E-438E-9128-844997FD6220}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -24368,51 +24368,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9288E085-AC7E-4708-BDD8-4FBB837047E4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A4DBC2D0-C05E-44F8-AB3B-92FB6AD9EB00}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCB7EB72-7C9D-4B5F-879A-35573223910C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -24561,51 +24561,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Date Placeholder 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CBA3639-5F26-44A4-9B29-18CBA3CF189B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{568A6768-9D0E-43CD-B8C6-64E36052D11C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Slide Number Placeholder 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA9C44BE-E726-445A-8AAB-E1B74B918F9C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -26549,51 +26549,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E59D58E2-0DBC-46C7-94C2-EC0816BA0288}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{02F20844-5F7C-4A42-BBE9-383A85ECFD7F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEF2D85A-1F4C-4B17-944D-7140887F721E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -26704,51 +26704,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Date Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98C891CF-4428-46F8-8B8B-EB6AE975E5FF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{571836DB-BE7E-4DD2-A5E5-5B66655C6775}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Slide Number Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{970FC7EE-54A9-4533-9A6F-04AA7DD5AAC2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -26995,51 +26995,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Date Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FF4334F-ADD0-4F8C-8F40-0B73266471F0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{952B8285-A615-4997-A4B9-A01257664DA5}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Slide Number Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0B25DC1-8C3A-478A-8844-A54CF03E95A5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -27281,51 +27281,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD2227A8-3CF3-4018-BB82-1F92C2AC6EA0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CDD65A0A-7274-42B4-9115-9350D0BD9A50}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA798327-5189-4D37-8D15-E962D4738461}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -27779,51 +27779,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Date Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7C6F94D-B114-4745-98A7-5BEFEA35B921}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{606276FC-0253-4D95-B7F8-6214C34817EA}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Slide Number Placeholder 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{004D4354-CE4E-4425-9DEE-779A683914F3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -28098,51 +28098,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Date Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A2CE529-DC5A-4122-B1D8-D70368002D5C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{131A61AE-D24D-4216-BA0D-16D01440D8D2}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Slide Number Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC72A909-739B-4BE7-AD27-72428BFAB917}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -28475,51 +28475,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0E08DF1-6CE3-4CD7-8F22-836BF6D584CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CDD65A0A-7274-42B4-9115-9350D0BD9A50}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="{{Chart|70|Html}}" descr="A picture containing application&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66D09BD0-7A87-4983-B274-F21C91940446}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -28682,51 +28682,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A464C4E-2F34-4F06-954F-713B495F3DF2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2C07E6FD-FCE5-46EB-8195-80055698FF2C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5D5FD7C-C4D9-471D-A22E-D67C6E89F109}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -29723,51 +29723,51 @@
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10012"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2C07E6FD-FCE5-46EB-8195-80055698FF2C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D8FFEE83-99BB-46C6-889A-AD2C22DF1251}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>37</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
@@ -29878,51 +29878,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85A5E382-353E-4DF9-A1B6-EA1C32645387}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C063C798-DB77-4AF9-B873-76D73402A46A}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2D3DDE9-036D-45A3-89C4-AA932C830ECA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -30083,51 +30083,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CFDD3EC-6ACB-4CEF-81CF-CA1F7B5AE566}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9188BF69-0E95-45CD-A5D6-FC00EA785122}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56FA6342-9E08-498F-BA36-6DBE198E76C8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -30201,51 +30201,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCDB3552-D304-C761-5CC4-FC0D8A9CAA5E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0696CAAC-9150-4D49-8B78-2C20DAE1168F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E56F3AB6-D661-EF82-4211-86F11206AC8C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -31222,51 +31222,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Date Placeholder 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE113B00-7B13-456E-82AE-3152A72EFCD8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D12575E-D977-48C9-BE5F-035BFDB5C1DD}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Slide Number Placeholder 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AA1A182-D2B3-40E5-B69C-F6E44B7F0294}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -31475,51 +31475,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F072CD0-7251-430A-ADD9-8403F927F983}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{551DBCB8-D5FB-4D33-B1B3-B3E28D6D4489}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D13B0520-89E5-4B98-8DAB-A93ACC0CDDCD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -31766,51 +31766,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Date Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E68280B5-79AD-45D3-988C-AB6A49B6A5A3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A10F5988-B433-414F-AE60-73CF6B163135}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/11/2025</a:t>
+              <a:t>1/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Slide Number Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE601D2D-97DE-4A0B-AF07-5292F96BF545}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -31818,51 +31818,51 @@
             <a:fld id="{D8FFEE83-99BB-46C6-889A-AD2C22DF1251}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3008879050"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition/>
   <p:timing/>
 </p:sld>
 </file>
 
 <file path=ppt/tags/tag1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:tag name="AS_NET" val="6.0.39"/>
+  <p:tag name="AS_NET" val="6.0.36"/>
   <p:tag name="AS_OS" val="Microsoft Windows NT 10.0.20348.0"/>
   <p:tag name="AS_RELEASE_DATE" val="2021.11.14"/>
   <p:tag name="AS_TITLE" val="Aspose.Slides for .NET5"/>
   <p:tag name="AS_VERSION" val="21.11"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>