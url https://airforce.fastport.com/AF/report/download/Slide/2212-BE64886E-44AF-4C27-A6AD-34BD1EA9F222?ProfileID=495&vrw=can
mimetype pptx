--- v1 (2026-01-02)
+++ v2 (2026-02-20)
@@ -15241,51 +15241,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Date Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C8ABC33-E051-46E1-8E11-974AEE71BE52}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{16365DF4-191D-42E9-88C1-D207E4AF3E13}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Slide Number Placeholder 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{393BF8D7-9BA8-485F-8596-7BA0C9E04E2B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -15437,51 +15437,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D316E49-8522-4EF4-9E9A-2E2C7C4334A8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B3BF88B3-FAA7-469C-85FC-ABC8A698D3F4}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C42E5084-A877-4077-A128-DB63505EEA02}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -15814,51 +15814,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Date Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8927A595-32EE-4ACD-B6ED-1CBE69389D7E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F04612-B901-4C69-A5A4-156068ABB97A}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Slide Number Placeholder 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC1EE18C-75AF-4267-A9DA-E2B4E41EC33B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -16257,51 +16257,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Date Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3FA7DB3-B48C-4949-B533-93CB8FBCD8A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{85ED18AE-32DB-4488-B8FA-2D0C4B9CAEF3}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Slide Number Placeholder 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F0F32AC-45E3-4F10-BF4A-F80040DEDAB2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -16814,51 +16814,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Date Placeholder 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CBD1890-13E7-466B-9D60-71B09E4D788A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{33FD96A6-53B2-4A02-BF7F-176B2B87EA64}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Slide Number Placeholder 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E360A820-EE16-45E3-BB9C-57966232AB51}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -16902,51 +16902,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3ABA7B36-64A0-3B34-5058-A692BEBB04C8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0696CAAC-9150-4D49-8B78-2C20DAE1168F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D683EA3D-9C77-A5F6-A5F9-AD388F23C0F6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -17675,51 +17675,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0136154-B574-48C9-93B1-E0414DB8DA7E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2C07E6FD-FCE5-46EB-8195-80055698FF2C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7D08DBB-9918-44FF-921D-50DFF09D90A9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -17876,51 +17876,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30C95314-5356-497B-B725-FB4D8D3E9D99}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2C07E6FD-FCE5-46EB-8195-80055698FF2C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EC0C315-3C24-49A2-BDD6-2E992EBA9FCD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -18000,51 +18000,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F38345D9-9F34-4FE6-9C86-A290D2BD4894}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9B8A86B4-9B92-4ED1-9BED-6B9FC30B9700}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{204FE799-E033-4FBA-8A1C-1E05840AFDDA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -18092,51 +18092,51 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200"/>
               <a:t>Leadership Experience relates to how long you have led teams of people. Leadership achievement levels include Supervisor, Manager, and Director. After you complete Airman Leadership School, you will reach the Supervisor level in which you are responsible for leading small teams of 10-15 persons. This paygrade undergoes a moderate amount of leadership training and is similar in duties to a supervisor in the workforce.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1"/>
               <a:t>Leadership</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200"/>
-              <a:t>Number of Years: 1</a:t>
+              <a:t>Number of Years: 3</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200"/>
               <a:t>Achievement Level: Supervisor</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03835279-02CD-4316-975B-F9F071DE669D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -18178,51 +18178,51 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1"/>
               <a:t>Technical</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200"/>
               <a:t>Number of Years: 6 Year Contract</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200"/>
-              <a:t>Achievement Level: 5</a:t>
+              <a:t>Achievement Level: 7</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Content Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8229F00-E629-4728-8501-366D3C945C68}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="25"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
@@ -18343,51 +18343,51 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" i="1"/>
               <a:t>Your education is more in reach with a career in the Air Force.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6BED7D8A-1E64-42FD-BCA0-13C3A296FC69}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D8FFEE83-99BB-46C6-889A-AD2C22DF1251}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
@@ -18775,51 +18775,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBE353EB-466D-4369-8B25-57ED7FC5737D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3EAB2FB1-6801-4AB0-81EA-48872425561C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C2D29A2-3CDB-4750-9F35-AAC29192C450}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -19160,51 +19160,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Date Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A694F99D-E591-4DF4-A127-EFCC632B7019}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{71F1E799-01FF-44AC-AB9D-9BBEAB7C785F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Slide Number Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5430A0C6-1E08-4870-913C-1C052E779809}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -19745,51 +19745,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Date Placeholder 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88453FC7-94E5-4403-AF52-2BD308EF9792}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B0A66A1B-1583-43B9-AD70-2435F4B5189F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Slide Number Placeholder 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{862621A8-6F0E-4D58-BE40-797580DBE67C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -20049,51 +20049,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Date Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3048EADC-84B3-4D9B-B2B5-349F349B45DB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{18594A7D-CFA5-4C87-940E-FB20978270D0}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Slide Number Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D97930F-A6D0-43C5-A000-E0B731E42424}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -20348,51 +20348,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDA122BD-7F5B-47FB-AB63-2F10BC6182A3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{73130F4E-8C3C-4AC8-8DF5-E0CF7AAFCB74}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC0E6BA9-1173-486D-8556-7E1DB54CDFBA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -21964,51 +21964,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Date Placeholder 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DC0AB93-6E00-4ED0-A689-CA91BA85B699}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FDB99C29-320B-48F6-9EAD-A15C942AFA7E}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Slide Number Placeholder 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D3544FD-3398-410E-A583-DFB17711E9EE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -22241,51 +22241,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0694DAD3-F4E7-42BC-8FCE-C499D8CAEC5A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6E10EEB9-A000-4070-A74F-D3BEE6CEC94D}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3627F92-AAE5-4D69-8618-BF426D0081E0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -22626,51 +22626,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Date Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{522D1BDF-E5F4-4C96-92C5-C7E328C2BCE6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6BE3D9AE-9FFB-475F-BDFD-BCC31C50B2A8}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Slide Number Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F2D5C64-1F7E-438E-9128-844997FD6220}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -24158,51 +24158,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Date Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{522D1BDF-E5F4-4C96-92C5-C7E328C2BCE6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6BE3D9AE-9FFB-475F-BDFD-BCC31C50B2A8}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Slide Number Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F2D5C64-1F7E-438E-9128-844997FD6220}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -24368,51 +24368,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9288E085-AC7E-4708-BDD8-4FBB837047E4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A4DBC2D0-C05E-44F8-AB3B-92FB6AD9EB00}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCB7EB72-7C9D-4B5F-879A-35573223910C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -24561,51 +24561,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Date Placeholder 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CBA3639-5F26-44A4-9B29-18CBA3CF189B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{568A6768-9D0E-43CD-B8C6-64E36052D11C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Slide Number Placeholder 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA9C44BE-E726-445A-8AAB-E1B74B918F9C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -25344,51 +25344,51 @@
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1">
                               <a:lumMod val="95000"/>
                               <a:lumOff val="5000"/>
                             </a:schemeClr>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$33,284</a:t>
+                        <a:t>$38,110</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -25411,51 +25411,51 @@
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1">
                               <a:lumMod val="95000"/>
                               <a:lumOff val="5000"/>
                             </a:schemeClr>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$60,840</a:t>
+                        <a:t>$25,011</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -25612,51 +25612,51 @@
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1">
                               <a:lumMod val="95000"/>
                               <a:lumOff val="5000"/>
                             </a:schemeClr>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$14,626</a:t>
+                        <a:t>$6,753</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -25676,51 +25676,51 @@
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="40C353"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$117,020</a:t>
+                        <a:t>$78,839</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -25740,51 +25740,51 @@
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="007BFF"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$468,082</a:t>
+                        <a:t>$315,356</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -25880,51 +25880,51 @@
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1">
                               <a:lumMod val="95000"/>
                               <a:lumOff val="5000"/>
                             </a:schemeClr>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$38,432</a:t>
+                        <a:t>$41,172</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -25947,51 +25947,51 @@
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1">
                               <a:lumMod val="95000"/>
                               <a:lumOff val="5000"/>
                             </a:schemeClr>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$60,843</a:t>
+                        <a:t>$25,808</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -26148,51 +26148,51 @@
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1">
                               <a:lumMod val="95000"/>
                               <a:lumOff val="5000"/>
                             </a:schemeClr>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$15,323</a:t>
+                        <a:t>$7,378</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -26212,51 +26212,51 @@
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="40C353"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$120,576</a:t>
+                        <a:t>$83,380</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -26276,51 +26276,51 @@
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="007BFF"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$723,456</a:t>
+                        <a:t>$500,281</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -26388,212 +26388,212 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" u="sng">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t>4-Year Enlistment:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t> Assuming I enlist for 4 years as an </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>E-1</a:t>
+              <a:t>E-3</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t> and achieve </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Standard</a:t>
+              <a:t>Aggressive</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t> promotions to E-4 during my first enlistment, I could earn an adjusted pay of around </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>$111,687</a:t>
+              <a:t>$73,742</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t> during my first year, working up to $123,330 in my fourth year.</a:t>
+              <a:t> during my first year, working up to $89,658 in my fourth year.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:ea typeface="+mn-lt"/>
               <a:cs typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" u="sng">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t>6-Year Enlistment</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t>: Assuming I enlist for 6 years as an </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>E-1</a:t>
+              <a:t>E-3</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t> and achieve </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Standard</a:t>
+              <a:t>Aggressive</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t> promotions to E-5 during my first enlistment, I could earn an adjusted pay of around </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>$113,827</a:t>
+              <a:t>$73,742</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t> during my first year, working up to </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>$127,054</a:t>
+              <a:t>$93,291</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t> in my sixth year.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US">
               <a:ea typeface="Open Sans"/>
               <a:cs typeface="Open Sans"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E59D58E2-0DBC-46C7-94C2-EC0816BA0288}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{02F20844-5F7C-4A42-BBE9-383A85ECFD7F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEF2D85A-1F4C-4B17-944D-7140887F721E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -26704,51 +26704,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Date Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98C891CF-4428-46F8-8B8B-EB6AE975E5FF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{571836DB-BE7E-4DD2-A5E5-5B66655C6775}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Slide Number Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{970FC7EE-54A9-4533-9A6F-04AA7DD5AAC2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -26995,51 +26995,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Date Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FF4334F-ADD0-4F8C-8F40-0B73266471F0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{952B8285-A615-4997-A4B9-A01257664DA5}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Slide Number Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0B25DC1-8C3A-478A-8844-A54CF03E95A5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -27144,78 +27144,78 @@
             <a:ext cx="3110032" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1"/>
               <a:t>What this means for me</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400"/>
               <a:t>: If I enlist now as an </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>E-1</a:t>
+              <a:t>E-3</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400"/>
               <a:t> and make </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1"/>
               <a:t>10% Contributions</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400"/>
               <a:t> for </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1"/>
               <a:t>20 years</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400"/>
               <a:t>, I could have roughly </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>$1,955,990</a:t>
+              <a:t>$2,493,210</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1"/>
               <a:t>*</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400"/>
               <a:t> in my Thrift Savings Plan at </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1"/>
               <a:t>age </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t>75</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1"/>
               <a:t>**</a:t>
             </a:r>
             <a:r>
@@ -27281,51 +27281,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD2227A8-3CF3-4018-BB82-1F92C2AC6EA0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CDD65A0A-7274-42B4-9115-9350D0BD9A50}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA798327-5189-4D37-8D15-E962D4738461}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -27779,51 +27779,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Date Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7C6F94D-B114-4745-98A7-5BEFEA35B921}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{606276FC-0253-4D95-B7F8-6214C34817EA}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Slide Number Placeholder 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{004D4354-CE4E-4425-9DEE-779A683914F3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -28098,51 +28098,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Date Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A2CE529-DC5A-4122-B1D8-D70368002D5C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{131A61AE-D24D-4216-BA0D-16D01440D8D2}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Slide Number Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC72A909-739B-4BE7-AD27-72428BFAB917}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -28255,51 +28255,51 @@
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1"/>
               <a:t>What this means for me:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200"/>
               <a:t> Assuming I serve </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1"/>
               <a:t>20 years</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200"/>
               <a:t> achieving </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1100" b="1">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t> Standard</a:t>
+              <a:t> Aggressive</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1"/>
               <a:t> promotions</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200"/>
               <a:t> reaching an E8 pay grade, I could receive an estimated annuity of </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1"/>
               <a:t>{{</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Chart|70|Axis|392}} </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200"/>
               <a:t>per year at </a:t>
             </a:r>
             <a:r>
@@ -28475,51 +28475,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0E08DF1-6CE3-4CD7-8F22-836BF6D584CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CDD65A0A-7274-42B4-9115-9350D0BD9A50}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="{{Chart|70|Html}}" descr="A picture containing application&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66D09BD0-7A87-4983-B274-F21C91940446}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -28682,51 +28682,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A464C4E-2F34-4F06-954F-713B495F3DF2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2C07E6FD-FCE5-46EB-8195-80055698FF2C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5D5FD7C-C4D9-471D-A22E-D67C6E89F109}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -29723,51 +29723,51 @@
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10012"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2C07E6FD-FCE5-46EB-8195-80055698FF2C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D8FFEE83-99BB-46C6-889A-AD2C22DF1251}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>37</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
@@ -29878,51 +29878,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85A5E382-353E-4DF9-A1B6-EA1C32645387}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C063C798-DB77-4AF9-B873-76D73402A46A}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2D3DDE9-036D-45A3-89C4-AA932C830ECA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -30083,51 +30083,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CFDD3EC-6ACB-4CEF-81CF-CA1F7B5AE566}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9188BF69-0E95-45CD-A5D6-FC00EA785122}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56FA6342-9E08-498F-BA36-6DBE198E76C8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -30201,51 +30201,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCDB3552-D304-C761-5CC4-FC0D8A9CAA5E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0696CAAC-9150-4D49-8B78-2C20DAE1168F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E56F3AB6-D661-EF82-4211-86F11206AC8C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -31222,51 +31222,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Date Placeholder 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE113B00-7B13-456E-82AE-3152A72EFCD8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D12575E-D977-48C9-BE5F-035BFDB5C1DD}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Slide Number Placeholder 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AA1A182-D2B3-40E5-B69C-F6E44B7F0294}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -31475,51 +31475,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F072CD0-7251-430A-ADD9-8403F927F983}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{551DBCB8-D5FB-4D33-B1B3-B3E28D6D4489}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D13B0520-89E5-4B98-8DAB-A93ACC0CDDCD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -31766,51 +31766,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Date Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E68280B5-79AD-45D3-988C-AB6A49B6A5A3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A10F5988-B433-414F-AE60-73CF6B163135}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/2/2026</a:t>
+              <a:t>2/20/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Slide Number Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE601D2D-97DE-4A0B-AF07-5292F96BF545}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>