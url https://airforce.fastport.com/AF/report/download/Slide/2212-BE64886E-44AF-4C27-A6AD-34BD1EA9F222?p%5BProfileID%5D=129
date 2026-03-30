--- v0 (2025-12-30)
+++ v1 (2026-03-30)
@@ -15241,51 +15241,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Date Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C8ABC33-E051-46E1-8E11-974AEE71BE52}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{16365DF4-191D-42E9-88C1-D207E4AF3E13}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Slide Number Placeholder 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{393BF8D7-9BA8-485F-8596-7BA0C9E04E2B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -15437,51 +15437,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D316E49-8522-4EF4-9E9A-2E2C7C4334A8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B3BF88B3-FAA7-469C-85FC-ABC8A698D3F4}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C42E5084-A877-4077-A128-DB63505EEA02}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -15814,51 +15814,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Date Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8927A595-32EE-4ACD-B6ED-1CBE69389D7E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F04612-B901-4C69-A5A4-156068ABB97A}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Slide Number Placeholder 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC1EE18C-75AF-4267-A9DA-E2B4E41EC33B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -16257,51 +16257,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Date Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3FA7DB3-B48C-4949-B533-93CB8FBCD8A2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{85ED18AE-32DB-4488-B8FA-2D0C4B9CAEF3}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Slide Number Placeholder 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F0F32AC-45E3-4F10-BF4A-F80040DEDAB2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -16814,51 +16814,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Date Placeholder 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CBD1890-13E7-466B-9D60-71B09E4D788A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{33FD96A6-53B2-4A02-BF7F-176B2B87EA64}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Slide Number Placeholder 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E360A820-EE16-45E3-BB9C-57966232AB51}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -16902,51 +16902,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3ABA7B36-64A0-3B34-5058-A692BEBB04C8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0696CAAC-9150-4D49-8B78-2C20DAE1168F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D683EA3D-9C77-A5F6-A5F9-AD388F23C0F6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -17573,153 +17573,153 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200"/>
               <a:t>An Air Force Specialty Code "AFSC" is the job that an Airman performs while serving. You will gain valuable experience during this time, preparing you for a career in the workforce. Here's some information on the AFSC currently selected:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1"/>
               <a:t>AFSC</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400"/>
               <a:t>: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200"/>
-              <a:t>Command And Control Battle Management Operations - 1C5X1</a:t>
+              <a:t>Airborne Intelligence, Surveillance And Reconnaissance (Isr) Operator - 1A8X2</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1"/>
               <a:t>AFSC Description</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400"/>
               <a:t>: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200"/>
-              <a:t>Manages and operates Command and Control (C2) Battle Management Systems. Performs surveillance, combat identification, weapons control, tactical data link management, communications and computer system management. Coordinates Personnel Recovery (PR) and Search and Rescue (SAR). Counters electronic attack (EA) with electronic protection (EP) actions. Provides radar control and monitoring of air weapons during offensive and defensive air operations. Makes decisions in the conduct of battle management air operations and in system equipment management at the Tactical and Operational level of war.  Related DoD   Occupational Subgroup: 122100.</a:t>
+              <a:t>Flies as primary aircrew onboard a wide variety of aircraft to operate, evaluate and manage airborne ISR information and related ground processing systems. Performs identification, acquisition, recording, analysis and reporting of assigned ISR tasks. Provides ISR threat warning support and interfaces with other units. Performs and assists with mission planning. Maintains assigned publications and currency items. Participates in theater and tactical-level ISR coordination networks. Processes, analyzes and disseminates ISR information obtained from onboard sensors during missions in progress. Related DoD Occupational Subgroups: 123100, 123200, and 155600.</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="1400"/>
             </a:br>
             <a:endParaRPr lang="en-US" sz="1400"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1"/>
               <a:t>Education</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400"/>
               <a:t>Associates of Applied Science in </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1"/>
-              <a:t>Air &amp; Space Operations Technology(4VAS)</a:t>
+              <a:t>Intelligence Studies &amp;Technology(9INZ)</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200"/>
               <a:t>The </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1"/>
-              <a:t>Air &amp; Space Operations Technology(4VAS)</a:t>
+              <a:t>Intelligence Studies &amp;Technology(9INZ)</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200"/>
               <a:t> major program includes technical and on-the-job education, leadership/management and military studies, physical education, general education (communications, mathematics, social science, and humanities), as well as program electives for you to choose from such as natural science courses or a foreign language.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1400"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0136154-B574-48C9-93B1-E0414DB8DA7E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2C07E6FD-FCE5-46EB-8195-80055698FF2C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7D08DBB-9918-44FF-921D-50DFF09D90A9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -17795,132 +17795,132 @@
               <a:rPr lang="en-US" sz="4000"/>
               <a:t>Example Resume</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37C641F1-4E1C-4D50-887D-A7FCAD2358A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="95000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1"/>
               <a:t>Training and Credentials</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200"/>
               <a:t>In addition to your </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1"/>
-              <a:t>Air &amp; Space Operations Technology(4VAS)</a:t>
+              <a:t>Intelligence Studies &amp;Technology(9INZ)</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200"/>
               <a:t> degree, you will receive additional on-the-job (or "occupational") training that will result in your ability to gain certifications and credentials to prove to future employers that you have the skills necessary to succeed in a variety careers in the civilian job market. You will gain some during your time in the Air Force, but your options also open with civilian credentials that you can target as you understand what path you want to take your career. We have provided samples below.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" u="sng"/>
               <a:t>Available Credentials*:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200"/>
-              <a:t>General Radiotelephone Operator License (Pg), Comptia A+ Ce, Certified In Homeland Security Level Ii (Chs-Ii), Certified In Homeland Security Level Iii (Chs-Iii), General Communications Technician - Level 1 (Gct1), General Communications Technician - Level 2 (Gct2), Comptia Network+ Ce, Microsoft Office Specialist (Mos): Microsoft Office 2013, Microsoft Office Specialist (Mos): Microsoft Office 2016, Microsoft Office Specialist (Mos): Microsoft Excel 2016, Microsoft Office Specialist (Mos): Microsoft Excel 2016 Expert, Microsoft Office Specialist (Mos): Microsoft Access 2016, Microsoft Office Specialist (Mos): Microsoft Outlook 2016, Microsoft Office Specialist (Mos): Microsoft Powerpoint 2016, Microsoft Office Specialist (Mos): Microsoft Word 2016, Microsoft Office Specialist (Mos): Microsoft Word 2016 Expert, Microsoft Office Specialist (Mos): Associate (Office 365 And Office 2019), Microsoft Office Specialist (Mos): Excel Associate (Excel And Excel 2019), Microsoft Office Specialist (Mos): Microsoft Access Expert (Access And Access 2019), Microsoft Office Specialist (Mos): Microsoft Excel Expert (Excel And Excel 2019), Microsoft Office Specialist (Mos): Microsoft Word Associate (Word And Word 2019), Microsoft Office Specialist (Mos): Microsoft Word Expert (Word And Word 2019), Microsoft Office Specialist (Mos): Outlook Associate (Outlook And Outlook 2019), Microsoft Office Specialist (Mos): Powerpoint Associate (Powerpoint And Powerpoint 2019), Certified Consulting Meteorologist (Ccm), Telecommunications Certification, Microsoft Office Specialist (Mos), Comptia Security+ Ce, Certified Associate In Project Management (Capm), Career Management Practitioner (Cmp), Certified Broadcast Meteorologist (Cbm), Certified Gis/Lis Technologist, Certified In Homeland Security Level Iv (Chs-Iv), Certified In Homeland Security Level V (Chs-V)</a:t>
+              <a:t>Certified Safety Professional (Csp), General Radiotelephone Operator License (Pg), Certified Records Manager (Crm), Comptia A+ Ce, Network Systems Technician (Nst), Certified Homeland Security Manager (Chsm), Associate Safety Professional (Asp), Certified Wireless Design Professional (Cwdp), Cisco Certified Network Professional (Ccnp) Security, Industrial Security Professional (Isp), Certified Intelligence Analyst Specialist (Cias), Cisco Certified Internetwork Expert Enterprise Wireless (Ccie Wireless), Spectrum Management Certification, General Communications Technician - Level 1 (Gct1), Comptia Cdia+, Comptia Certified Technical Trainer (Ctt+), Certified Analytics Professional (Cap), General Communications Technician - Level 2 (Gct2), Comptia Network+ Ce, Associate Certified Analytics Professional (Acap), Comptia Cybersecurity Analyst (Cysa+), Intelligence Fundamentals Professional Certification (Ifpc), Microsoft Office Specialist (Mos): Microsoft Office 2013, Microsoft Office Specialist (Mos): Microsoft Office 2016, Certified Records Analyst (Cra), Cisco Certified Network Associate (Ccna), Microsoft Office Specialist (Mos): Microsoft Excel 2016, Microsoft Office Specialist (Mos): Microsoft Excel 2016 Expert, Microsoft Office Specialist (Mos): Microsoft Access 2016, Microsoft Office Specialist (Mos): Microsoft Outlook 2016, Microsoft Office Specialist (Mos): Microsoft Powerpoint 2016, Microsoft Office Specialist (Mos): Microsoft Word 2016, Microsoft Office Specialist (Mos): Microsoft Word 2016 Expert, Spectrum Management (Sm) Engineer, Microsoft Office Specialist (Mos): Associate (Office 365 And Office 2019), Microsoft Office Specialist (Mos): Excel Associate (Excel And Excel 2019), Microsoft Office Specialist (Mos): Microsoft Access Expert (Access And Access 2019), Microsoft Office Specialist (Mos): Microsoft Excel Expert (Excel And Excel 2019), Microsoft Office Specialist (Mos): Microsoft Word Associate (Word And Word 2019), Microsoft Office Specialist (Mos): Microsoft Word Expert (Word And Word 2019), Microsoft Office Specialist (Mos): Outlook Associate (Outlook And Outlook 2019), Microsoft Office Specialist (Mos): Powerpoint Associate (Powerpoint And Powerpoint 2019), Certified Mapping Scientist, Gis/Lis (Asprs), Certified Mapping Scientist, Remote Sensing (Asprs), Cisco Certified Network Associate (Ccna) Routing And Switching, Associate Computing Professional (Acp), Certified Computing Professional (Ccp), Certified Manager (Cm), Certified Information Systems Security Professional (Cissp), Certified Confidentiality Officer, Certified Wireless Network Administrator (Cwna), Giac Security Essentials Certification (Gsec), Systems Security Certified Practitioner (Sscp), Certified Remote Sensing Technologist, Microsoft Office Specialist (Mos), Comptia Security+ Ce, Cisco Certified Internetwork Expert (Ccie) Security, Giac Information Security Fundamentals (Gisf), Certified Associate In Project Management (Capm), Leva Forensic Video Analyst (Cfva), International Computer Driving License, Certified Gis/Lis Technologist, Certified Photogrammetric Technologist, Sartech Ii, Sartech I / Crewleader, Sartech Iii, Giac Assessing And Auditing Wireless Networks (Gawn), Certified Wireless Security Professional (Cwsp), Cisco Certified Network Associate (Ccna) Security, Cisco Certified Network Associate Wireless (Ccna Wireless)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" i="1"/>
               <a:t>*Note: Credentials earned in the Air Force are directly applicable to civilian careers.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30C95314-5356-497B-B725-FB4D8D3E9D99}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2C07E6FD-FCE5-46EB-8195-80055698FF2C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EC0C315-3C24-49A2-BDD6-2E992EBA9FCD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -18000,51 +18000,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F38345D9-9F34-4FE6-9C86-A290D2BD4894}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9B8A86B4-9B92-4ED1-9BED-6B9FC30B9700}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{204FE799-E033-4FBA-8A1C-1E05840AFDDA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -18343,51 +18343,51 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" i="1"/>
               <a:t>Your education is more in reach with a career in the Air Force.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6BED7D8A-1E64-42FD-BCA0-13C3A296FC69}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D8FFEE83-99BB-46C6-889A-AD2C22DF1251}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
@@ -18775,51 +18775,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBE353EB-466D-4369-8B25-57ED7FC5737D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3EAB2FB1-6801-4AB0-81EA-48872425561C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C2D29A2-3CDB-4750-9F35-AAC29192C450}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -19089,51 +19089,51 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>The </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US">
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>Post-9/11 GI Bill </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>gives active duty Airmen the ability to receive up to 36 months of benefits for education and training opportunities outside of the Air Force. Most use these 36 months of benefits over a 4-year period. These benefits may be used for undergraduate and graduate degree programs, vocational and technical training, tuition assistance, books, supplies, and monthly housing. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" i="1"/>
               <a:t>Generally, benefits are payable for 15 years following active duty and may be transferred to a spouse or children. That's a potential </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1"/>
-              <a:t>$226,246 </a:t>
+              <a:t>$144,573 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" i="1"/>
               <a:t>gift!</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Content Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C5CF77E-FC7E-4141-A75D-4B49F2BE78C3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="25"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -19160,51 +19160,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Date Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A694F99D-E591-4DF4-A127-EFCC632B7019}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{71F1E799-01FF-44AC-AB9D-9BBEAB7C785F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Slide Number Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5430A0C6-1E08-4870-913C-1C052E779809}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -19745,51 +19745,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Date Placeholder 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88453FC7-94E5-4403-AF52-2BD308EF9792}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B0A66A1B-1583-43B9-AD70-2435F4B5189F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Slide Number Placeholder 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{862621A8-6F0E-4D58-BE40-797580DBE67C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -19956,67 +19956,67 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838637" y="4598982"/>
             <a:ext cx="10515600" cy="1660624"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>If I attend </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1"/>
-              <a:t>Duke University</a:t>
+              <a:t>Clemson University</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t> and graduate in </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1"/>
               <a:t>4 years</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>, I could receive </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1"/>
-              <a:t>$226,246 in total funding</a:t>
+              <a:t>$144,573 in total funding</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t> from the Air Force Tuition Assistance and GI Bill benefit that I can use after serving 3 years in the Air Force. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" i="1"/>
               <a:t>Generally, GI Bill benefits are payable for 15 years following active duty and may be transferred to a spouse or children.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1"/>
               <a:t>Payments</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>: Payment for your tuition assistance will be paid directly to your college, either by semester or monthly depending on how your school accepts funding payments. Payments for your book stipend will be made directly to you on an annual basis. Payments for your basic allowance for housing (BAH) will be made directly to you around the end of each month. </a:t>
@@ -20049,51 +20049,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Date Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3048EADC-84B3-4D9B-B2B5-349F349B45DB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{18594A7D-CFA5-4C87-940E-FB20978270D0}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Slide Number Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D97930F-A6D0-43C5-A000-E0B731E42424}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -20268,131 +20268,131 @@
               <a:rPr lang="en-US" b="1" i="1"/>
               <a:t>15 to 25 year student loan terms tend to be the most popular. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Your monthly payment for paying </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1"/>
               <a:t>100%</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t> of the </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1"/>
-              <a:t>$226,246</a:t>
+              <a:t>$144,573</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t> cost to attend </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1"/>
-              <a:t>Duke University</a:t>
+              <a:t>Clemson University</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t> for </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1"/>
               <a:t>4 years</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t> could range between </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1"/>
-              <a:t>$3,332</a:t>
+              <a:t>$2,398</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t> per month and </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1"/>
-              <a:t>$1,195</a:t>
+              <a:t>$860</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t> per month depending on the term and interest rate on your student loan.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" i="1"/>
               <a:t>*Note: The tax effect is based on the marginal tax rate set at 22%</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" i="1"/>
               <a:t>. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDA122BD-7F5B-47FB-AB63-2F10BC6182A3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{73130F4E-8C3C-4AC8-8DF5-E0CF7AAFCB74}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC0E6BA9-1173-486D-8556-7E1DB54CDFBA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -20660,123 +20660,123 @@
                         <a:t>Loan Amount</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$226,246</a:t>
+                        <a:t>$144,573</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$226,246</a:t>
+                        <a:t>$144,573</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$226,246</a:t>
+                        <a:t>$144,573</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$226,246</a:t>
+                        <a:t>$144,573</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$226,246</a:t>
+                        <a:t>$144,573</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2839490256"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="247612">
                 <a:tc>
                   <a:txBody>
@@ -20918,123 +20918,123 @@
                         <a:t>Monthly Payment</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$1,195</a:t>
+                        <a:t>$860</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$1,276</a:t>
+                        <a:t>$918</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$1,467</a:t>
+                        <a:t>$1,055</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$1,922</a:t>
+                        <a:t>$1,383</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$3,332</a:t>
+                        <a:t>$2,398</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3942810930"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="422398">
                 <a:tc>
                   <a:txBody>
@@ -21062,168 +21062,168 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$173,006</a:t>
+                        <a:t>$124,509</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$120,714</a:t>
+                        <a:t>$86,876</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$78,524</a:t>
+                        <a:t>$56,513</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$45,187</a:t>
+                        <a:t>$32,520</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$14,488</a:t>
+                        <a:t>$10,426</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1742176727"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="422398">
                 <a:tc>
                   <a:txBody>
@@ -21236,123 +21236,123 @@
                         <a:t>Total Payment</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$358,454</a:t>
+                        <a:t>$257,973</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$306,162</a:t>
+                        <a:t>$220,340</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$263,972</a:t>
+                        <a:t>$189,976</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$230,635</a:t>
+                        <a:t>$165,984</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$199,936</a:t>
+                        <a:t>$143,890</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:srgbClr val="F2F2F2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="624365423"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="597184">
                 <a:tc>
                   <a:txBody>
@@ -21372,151 +21372,151 @@
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$459,556</a:t>
+                        <a:t>$330,735</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$392,516</a:t>
+                        <a:t>$282,487</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$338,426</a:t>
+                        <a:t>$243,560</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$295,686</a:t>
+                        <a:t>$212,800</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400"/>
-                        <a:t>$256,328</a:t>
+                        <a:t>$184,475</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
@@ -21964,51 +21964,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Date Placeholder 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DC0AB93-6E00-4ED0-A689-CA91BA85B699}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FDB99C29-320B-48F6-9EAD-A15C942AFA7E}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Slide Number Placeholder 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D3544FD-3398-410E-A583-DFB17711E9EE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -22241,51 +22241,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0694DAD3-F4E7-42BC-8FCE-C499D8CAEC5A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6E10EEB9-A000-4070-A74F-D3BEE6CEC94D}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3627F92-AAE5-4D69-8618-BF426D0081E0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -22626,51 +22626,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Date Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{522D1BDF-E5F4-4C96-92C5-C7E328C2BCE6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6BE3D9AE-9FFB-475F-BDFD-BCC31C50B2A8}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Slide Number Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F2D5C64-1F7E-438E-9128-844997FD6220}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -24158,51 +24158,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Date Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{522D1BDF-E5F4-4C96-92C5-C7E328C2BCE6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6BE3D9AE-9FFB-475F-BDFD-BCC31C50B2A8}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Slide Number Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F2D5C64-1F7E-438E-9128-844997FD6220}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -24368,51 +24368,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9288E085-AC7E-4708-BDD8-4FBB837047E4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A4DBC2D0-C05E-44F8-AB3B-92FB6AD9EB00}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCB7EB72-7C9D-4B5F-879A-35573223910C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -24561,51 +24561,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Date Placeholder 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CBA3639-5F26-44A4-9B29-18CBA3CF189B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{568A6768-9D0E-43CD-B8C6-64E36052D11C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Slide Number Placeholder 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA9C44BE-E726-445A-8AAB-E1B74B918F9C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -25411,51 +25411,51 @@
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1">
                               <a:lumMod val="95000"/>
                               <a:lumOff val="5000"/>
                             </a:schemeClr>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$0</a:t>
+                        <a:t>$16,272</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -25612,51 +25612,51 @@
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1">
                               <a:lumMod val="95000"/>
                               <a:lumOff val="5000"/>
                             </a:schemeClr>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$1,548</a:t>
+                        <a:t>$4,746</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -25676,51 +25676,51 @@
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="40C353"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$49,570</a:t>
+                        <a:t>$68,061</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -25740,51 +25740,51 @@
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="007BFF"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$198,279</a:t>
+                        <a:t>$272,242</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -25947,51 +25947,51 @@
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1">
                               <a:lumMod val="95000"/>
                               <a:lumOff val="5000"/>
                             </a:schemeClr>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$0</a:t>
+                        <a:t>$16,374</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -26148,51 +26148,51 @@
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1">
                               <a:lumMod val="95000"/>
                               <a:lumOff val="5000"/>
                             </a:schemeClr>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$1,799</a:t>
+                        <a:t>$5,249</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -26212,51 +26212,51 @@
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="40C353"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$52,715</a:t>
+                        <a:t>$71,592</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -26276,51 +26276,51 @@
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="007BFF"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>$316,291</a:t>
+                        <a:t>$429,555</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -26416,58 +26416,58 @@
               <a:rPr lang="en-US" sz="1200">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t> and achieve </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Standard</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t> promotions to E-4 during my first enlistment, I could earn an adjusted pay of around </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>$46,537</a:t>
+              <a:t>$65,028</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t> during my first year, working up to $54,194 in my fourth year.</a:t>
+              <a:t> during my first year, working up to $72,685 in my fourth year.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:ea typeface="+mn-lt"/>
               <a:cs typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" u="sng">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t>6-Year Enlistment</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:ea typeface="+mn-lt"/>
@@ -26486,114 +26486,114 @@
               <a:rPr lang="en-US" sz="1200">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t> and achieve </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Standard</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t> promotions to E-5 during my first enlistment, I could earn an adjusted pay of around </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>$46,537</a:t>
+              <a:t>$65,028</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t> during my first year, working up to </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>$59,561</a:t>
+              <a:t>$79,443</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t> in my sixth year.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US">
               <a:ea typeface="Open Sans"/>
               <a:cs typeface="Open Sans"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E59D58E2-0DBC-46C7-94C2-EC0816BA0288}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{02F20844-5F7C-4A42-BBE9-383A85ECFD7F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEF2D85A-1F4C-4B17-944D-7140887F721E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -26704,51 +26704,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Date Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98C891CF-4428-46F8-8B8B-EB6AE975E5FF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{571836DB-BE7E-4DD2-A5E5-5B66655C6775}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Slide Number Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{970FC7EE-54A9-4533-9A6F-04AA7DD5AAC2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -26995,51 +26995,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Date Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FF4334F-ADD0-4F8C-8F40-0B73266471F0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{952B8285-A615-4997-A4B9-A01257664DA5}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Slide Number Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0B25DC1-8C3A-478A-8844-A54CF03E95A5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -27281,51 +27281,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD2227A8-3CF3-4018-BB82-1F92C2AC6EA0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CDD65A0A-7274-42B4-9115-9350D0BD9A50}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA798327-5189-4D37-8D15-E962D4738461}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -27779,51 +27779,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Date Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7C6F94D-B114-4745-98A7-5BEFEA35B921}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{606276FC-0253-4D95-B7F8-6214C34817EA}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Slide Number Placeholder 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{004D4354-CE4E-4425-9DEE-779A683914F3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -28098,51 +28098,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Date Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A2CE529-DC5A-4122-B1D8-D70368002D5C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{131A61AE-D24D-4216-BA0D-16D01440D8D2}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Slide Number Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC72A909-739B-4BE7-AD27-72428BFAB917}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -28475,51 +28475,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0E08DF1-6CE3-4CD7-8F22-836BF6D584CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CDD65A0A-7274-42B4-9115-9350D0BD9A50}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="{{Chart|70|Html}}" descr="A picture containing application&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66D09BD0-7A87-4983-B274-F21C91940446}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -28682,51 +28682,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A464C4E-2F34-4F06-954F-713B495F3DF2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2C07E6FD-FCE5-46EB-8195-80055698FF2C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5D5FD7C-C4D9-471D-A22E-D67C6E89F109}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -29723,51 +29723,51 @@
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10012"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2C07E6FD-FCE5-46EB-8195-80055698FF2C}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D8FFEE83-99BB-46C6-889A-AD2C22DF1251}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>37</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
@@ -29878,51 +29878,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85A5E382-353E-4DF9-A1B6-EA1C32645387}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C063C798-DB77-4AF9-B873-76D73402A46A}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2D3DDE9-036D-45A3-89C4-AA932C830ECA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -30083,51 +30083,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CFDD3EC-6ACB-4CEF-81CF-CA1F7B5AE566}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9188BF69-0E95-45CD-A5D6-FC00EA785122}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56FA6342-9E08-498F-BA36-6DBE198E76C8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -30201,51 +30201,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCDB3552-D304-C761-5CC4-FC0D8A9CAA5E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0696CAAC-9150-4D49-8B78-2C20DAE1168F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E56F3AB6-D661-EF82-4211-86F11206AC8C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -31222,51 +31222,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Date Placeholder 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE113B00-7B13-456E-82AE-3152A72EFCD8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D12575E-D977-48C9-BE5F-035BFDB5C1DD}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Slide Number Placeholder 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AA1A182-D2B3-40E5-B69C-F6E44B7F0294}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -31475,51 +31475,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F072CD0-7251-430A-ADD9-8403F927F983}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{551DBCB8-D5FB-4D33-B1B3-B3E28D6D4489}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D13B0520-89E5-4B98-8DAB-A93ACC0CDDCD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -31766,51 +31766,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Date Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E68280B5-79AD-45D3-988C-AB6A49B6A5A3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A10F5988-B433-414F-AE60-73CF6B163135}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/30/2025</a:t>
+              <a:t>3/30/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Slide Number Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE601D2D-97DE-4A0B-AF07-5292F96BF545}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>