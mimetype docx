--- v0 (2025-11-11)
+++ v1 (2026-01-02)
@@ -649,51 +649,51 @@
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">e of </w:t>
       </w:r>
       <w:r w:rsidRPr="004E5121">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:eastAsiaTheme="minorHAnsi" w:cs="Open Sans"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:id w:val="1652012631"/>
+        <w:id w:val="1856616211"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w:rsidR="004E7924" w:rsidRPr="004E5121" w14:paraId="3EB855D8" w14:textId="1ECFCBC7">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
             <w:rPr>
               <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p>
           <w:pPr>